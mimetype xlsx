--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reec32622471f4bfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa658d52d004fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0351290a899c47fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2de9d54110476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5555e3971b64fbd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0351290a899c47fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd9f074c3784464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2de9d54110476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Emerging Markets Net Zero Pathway Paris Aligned UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TZT8TI0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>41,085</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>