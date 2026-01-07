--- v1 (2025-11-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fa658d52d004fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69eafa4876bc4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c2de9d54110476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb61a8bb16e44f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cd9f074c3784464" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c2de9d54110476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e813f4951814f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb61a8bb16e44f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Emerging Markets Net Zero Pathway Paris Aligned UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TZT8TI0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>43,222</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>43,066</x:t>
-[...539 lines deleted...]
-          <x:t>41,765</x:t>
+          <x:t>42,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,424</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>