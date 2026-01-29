--- v2 (2026-01-07)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69eafa4876bc4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847f86233cd2434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rccb61a8bb16e44f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e0cef4d1c84836"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e813f4951814f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rccb61a8bb16e44f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e3fe0eb53e046bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e0cef4d1c84836" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Emerging Markets Net Zero Pathway Paris Aligned UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TZT8TI0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,112</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +251,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>44,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>45,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>