--- v3 (2026-01-29)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R847f86233cd2434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0eea157c91497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41e0cef4d1c84836"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cc072246afd4917"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e3fe0eb53e046bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41e0cef4d1c84836" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49a3574cdd041bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cc072246afd4917" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Emerging Markets Net Zero Pathway Paris Aligned UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TZT8TI0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,233</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,134</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>