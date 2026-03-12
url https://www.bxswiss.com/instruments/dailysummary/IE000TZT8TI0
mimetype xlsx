--- v4 (2026-02-19)
+++ v5 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda0eea157c91497c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80a53c8a9a64449c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cc072246afd4917"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a3b7b5ff8c042c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc49a3574cdd041bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cc072246afd4917" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0e59871fb74653" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a3b7b5ff8c042c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) Emerging Markets Net Zero Pathway Paris Aligned UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TZT8TI0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,816</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,872</x:t>
-[...359 lines deleted...]
-        <x:is>
           <x:t>47,302</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,941</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,456</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>48,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>