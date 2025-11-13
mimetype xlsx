--- v0 (2025-10-23)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8020af9d7de40ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0cc883077b2e4abb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf5436a831da48cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07a7a694fe6d4e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17fd1b4acd424a70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf5436a831da48cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5d91eacd81d4b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07a7a694fe6d4e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Global Automotive Innovators UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000TB3YTV4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,215</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>30,896</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,015</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>31,177</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,755</x:t>
-[...247 lines deleted...]
-          <x:t>30,510</x:t>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>