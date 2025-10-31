--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb0f325603ff4dd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9942b9b503e54fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52976be5170e4e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ebdb0896594e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ebfaf76f9964856" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52976be5170e4e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806668cb090e46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ebdb0896594e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,669</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,718</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,711</x:t>
-[...286 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,925</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>11,849</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>