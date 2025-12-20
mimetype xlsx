--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9942b9b503e54fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d477235b0c487b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5ebdb0896594e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5be19e150bd45ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R806668cb090e46eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5ebdb0896594e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ddb16850aa417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5be19e150bd45ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,582</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>03.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,915</x:t>
-[...4 lines deleted...]
-          <x:t>11,736</x:t>
+          <x:t>11,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,877</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>20.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,771</x:t>
-[...252 lines deleted...]
-          <x:t>11,855</x:t>
+          <x:t>11,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>