--- v2 (2025-12-20)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3d477235b0c487b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194d596a30494365" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5be19e150bd45ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd4ca05608f4092"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6ddb16850aa417e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5be19e150bd45ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8211417e2f594db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd4ca05608f4092" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>11,617</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,679</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>11,854</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,791</x:t>
-[...65 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,935</x:t>
-[...360 lines deleted...]
-          <x:t>11,896</x:t>
+          <x:t>11,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>