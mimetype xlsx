--- v3 (2026-02-18)
+++ v4 (2026-03-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R194d596a30494365" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83c5026e63f04992" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6dd4ca05608f4092"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c656b3ce97245c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8211417e2f594db0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6dd4ca05608f4092" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dc237d51c9a44ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c656b3ce97245c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc</x:t>
+          <x:t>AXA IM ACT Biodiversity Equity UCITS ETF USD Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000SBHVL31</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>12,068</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,930</x:t>
-[...75 lines deleted...]
-          <x:t>12,086</x:t>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,032</x:t>
-[...183 lines deleted...]
-          <x:t>11,821</x:t>
+          <x:t>12,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,824</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>11,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,189</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>