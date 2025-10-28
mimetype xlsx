--- v0 (2025-10-08)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a500e16218a4ea5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000a2a88f66d4280" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8db970e96eb41ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485662a82d974d6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb9fd82089724bf0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8db970e96eb41ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3294f3a41744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485662a82d974d6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RUF4QN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>