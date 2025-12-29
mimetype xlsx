--- v1 (2025-10-28)
+++ v2 (2025-12-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R000a2a88f66d4280" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3350d4bc244e9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485662a82d974d6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1489f22c88eb482c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f3294f3a41744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485662a82d974d6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a414ad8fc447cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1489f22c88eb482c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RUF4QN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>59,857</x:t>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,816</x:t>
-[...490 lines deleted...]
-          <x:t>62,199</x:t>
+          <x:t>60,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>