--- v2 (2025-12-29)
+++ v3 (2026-02-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d3350d4bc244e9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3256bfc5bcdd4667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1489f22c88eb482c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1228f701e9c343ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63a414ad8fc447cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1489f22c88eb482c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1ca8512dbf49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1228f701e9c343ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RUF4QN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>61,799</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>60,786</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>61,064</x:t>
-[...215 lines deleted...]
-          <x:t>60,858</x:t>
+          <x:t>60,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>