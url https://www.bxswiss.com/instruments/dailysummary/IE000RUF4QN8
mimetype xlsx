--- v3 (2026-02-09)
+++ v4 (2026-03-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3256bfc5bcdd4667" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b36d793c1c34de8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1228f701e9c343ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15149870b13849cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb1ca8512dbf49f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1228f701e9c343ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b53d19caa274717" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15149870b13849cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Swap UCITS ETF Dist</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RUF4QN8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>58,420</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,332</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>