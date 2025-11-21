--- v0 (2025-10-10)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b97547bfa0e4b52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65945a573ce54e1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d381e2276464ff7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R465baa4e834f40fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R163c6b169a054d61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d381e2276464ff7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6809dc6787744a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R465baa4e834f40fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,812</x:t>
-[...53 lines deleted...]
-          <x:t>4,848</x:t>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,805</x:t>
-[...21 lines deleted...]
-          <x:t>4,778</x:t>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,788</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>4,802</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,683</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,738</x:t>
-[...151 lines deleted...]
-          <x:t>4,737</x:t>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,715</x:t>
-[...323 lines deleted...]
-          <x:t>4,638</x:t>
+          <x:t>4,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>