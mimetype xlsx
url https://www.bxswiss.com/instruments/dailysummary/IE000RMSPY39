--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R65945a573ce54e1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c842264b9cc4425" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R465baa4e834f40fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deec1a8b3a24b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6809dc6787744a9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R465baa4e834f40fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe367b4681354e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deec1a8b3a24b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,754</x:t>
-[...38 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,904</x:t>
-[...522 lines deleted...]
-          <x:t>4,545</x:t>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>