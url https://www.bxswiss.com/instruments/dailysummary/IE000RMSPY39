--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c842264b9cc4425" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a67ee677504862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8deec1a8b3a24b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd669d3ae47456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe367b4681354e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8deec1a8b3a24b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1063e0a06ab54cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd669d3ae47456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...377 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,848</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,901</x:t>
-[...21 lines deleted...]
-          <x:t>4,956</x:t>
+          <x:t>4,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,882</x:t>
-[...43 lines deleted...]
-          <x:t>4,989</x:t>
+          <x:t>5,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,918</x:t>
-[...4 lines deleted...]
-          <x:t>5,045</x:t>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>