--- v3 (2026-02-18)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a67ee677504862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd1c2560c97b54d46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bd669d3ae47456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R452c8f37577649fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1063e0a06ab54cbb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bd669d3ae47456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fc0a24e78a64303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R452c8f37577649fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RIZE Circular Economy Enablers UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000RMSPY39</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>5,103</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,066</x:t>
-[...70 lines deleted...]
-          <x:t>5,141</x:t>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,141</x:t>
-[...97 lines deleted...]
-          <x:t>5,027</x:t>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>4,981</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,902</x:t>
-[...355 lines deleted...]
-          <x:t>5,095</x:t>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>