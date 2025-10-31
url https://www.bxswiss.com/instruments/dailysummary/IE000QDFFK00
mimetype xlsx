--- v0 (2025-10-11)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8b30ad2a9d649ad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f42060fd7b446c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbd93100921e4e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2404ac2bff1547b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd237ef5ea8264f5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbd93100921e4e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd74e13373b435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2404ac2bff1547b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM Nasdaq 100 UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000QDFFK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>16,805</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,897</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,359</x:t>
-[...43 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>17,114</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>