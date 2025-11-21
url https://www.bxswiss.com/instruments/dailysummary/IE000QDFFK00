--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f42060fd7b446c9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65e9b4d9882463c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2404ac2bff1547b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2b49ebff154572"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd74e13373b435b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2404ac2bff1547b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20e8391132094577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2b49ebff154572" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM Nasdaq 100 UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000QDFFK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...161 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,264</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,359</x:t>
-[...43 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>17,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,298</x:t>
+          <x:t>17,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,227</x:t>
-[...114 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>17,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,361</x:t>
-        </x:is>
-[...175 lines deleted...]
-          <x:t>18,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>