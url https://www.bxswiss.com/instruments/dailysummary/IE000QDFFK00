--- v2 (2025-11-21)
+++ v3 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd65e9b4d9882463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25cf92a9335f4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d2b49ebff154572"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf292c8981dc433e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20e8391132094577" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d2b49ebff154572" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a18c8720d7d4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf292c8981dc433e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM Nasdaq 100 UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000QDFFK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,112</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,275</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>17,361</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>