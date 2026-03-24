--- v3 (2026-02-10)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R25cf92a9335f4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref41de9f1b604821" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf292c8981dc433e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e4fe8afb7c46ab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a18c8720d7d4919" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf292c8981dc433e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8acd6ac4604341ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e4fe8afb7c46ab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AXA IM Nasdaq 100 UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000QDFFK00</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...404 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,275</x:t>
-[...166 lines deleted...]
-          <x:t>16,589</x:t>
+          <x:t>16,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,513</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>