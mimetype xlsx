--- v0 (2025-10-09)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R050448c36b944bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc018fc95e2fb4766" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90e64a59de224ac5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8aabc3650084b9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b6d1cdfb1ab495b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90e64a59de224ac5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5401982824a548b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8aabc3650084b9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Information Technology ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Q0IU5T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>8,956</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,024</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,906</x:t>
-[...173 lines deleted...]
-          <x:t>9,051</x:t>
+          <x:t>8,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,044</x:t>
-[...65 lines deleted...]
-          <x:t>07.10.2025</x:t>
+          <x:t>9,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,208</x:t>
-[...36 lines deleted...]
-          <x:t>9,217</x:t>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,196</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>