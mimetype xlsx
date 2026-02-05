--- v1 (2026-01-11)
+++ v2 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc018fc95e2fb4766" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60032f6dd2bb410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8aabc3650084b9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc88f8f0039476f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5401982824a548b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8aabc3650084b9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668cb77df3994e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc88f8f0039476f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Information Technology ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Q0IU5T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>9,021</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>9,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,001</x:t>
-[...6 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,923</x:t>
-[...333 lines deleted...]
-          <x:t>9,196</x:t>
+          <x:t>8,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,482</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>