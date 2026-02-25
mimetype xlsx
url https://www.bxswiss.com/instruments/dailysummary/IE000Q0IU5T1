--- v2 (2026-02-05)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60032f6dd2bb410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d90007775354fd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebc88f8f0039476f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2bf7233ef5413f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R668cb77df3994e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebc88f8f0039476f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec15ac80387483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2bf7233ef5413f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Information Technology ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Q0IU5T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,603 +149,198 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>8,782</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,694</x:t>
+          <x:t>8,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,869</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...204 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,842</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,846</x:t>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,573</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,452</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>