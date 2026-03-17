--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d90007775354fd3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d347fa2a9254099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd2bf7233ef5413f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5a15797444c843cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ec15ac80387483e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd2bf7233ef5413f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6f4ec70c0e8484f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5a15797444c843cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Information Technology ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000Q0IU5T1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...193 lines deleted...]
-          <x:t>8,558</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,499</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>8,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,493</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>8,567</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>