--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R466a257cd09c450a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d8c3ced006455c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6400aeb64bc24331"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80f4915516d40b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d9a0620b96f45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6400aeb64bc24331" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7b742e66784eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80f4915516d40b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize USA Environmental Impact UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PY7F8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>4,501</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,457</x:t>
-[...33 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>4,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,583</x:t>
-[...21 lines deleted...]
-          <x:t>4,599</x:t>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,589</x:t>
-[...463 lines deleted...]
-          <x:t>4,919</x:t>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>