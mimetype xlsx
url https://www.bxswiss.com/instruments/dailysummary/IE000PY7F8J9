--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93d8c3ced006455c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fc1751737145f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf80f4915516d40b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cabb913a9564c1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab7b742e66784eda" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf80f4915516d40b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b6e57e4bf8f4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cabb913a9564c1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize USA Environmental Impact UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PY7F8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,781</x:t>
-[...112 lines deleted...]
-          <x:t>4,714</x:t>
+          <x:t>4,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>4,762</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,006</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>