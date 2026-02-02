--- v2 (2026-01-10)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0fc1751737145f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d56624a69984221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cabb913a9564c1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcaea20ae8c34107"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b6e57e4bf8f4e4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cabb913a9564c1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4cba113d5d54c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcaea20ae8c34107" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize USA Environmental Impact UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PY7F8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,759</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,857</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...381 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,952</x:t>
-[...21 lines deleted...]
-          <x:t>4,831</x:t>
+          <x:t>4,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,939</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>