--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d56624a69984221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R637982efb5b8460c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcaea20ae8c34107"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a5a3dc5d984b3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4cba113d5d54c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcaea20ae8c34107" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa65a41fb56b4aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a5a3dc5d984b3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize USA Environmental Impact UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PY7F8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>4,943</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,006</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>5,067</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,063</x:t>
-[...48 lines deleted...]
-          <x:t>5,250</x:t>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,140</x:t>
-        </x:is>
-[...300 lines deleted...]
-          <x:t>4,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>