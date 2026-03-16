--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R637982efb5b8460c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4892d5bf2d9b4f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24a5a3dc5d984b3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R902144e70fd64e4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfa65a41fb56b4aba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24a5a3dc5d984b3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb4faf1b63e09447f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R902144e70fd64e4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Rize USA Environmental Impact UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PY7F8J9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>5,104</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,113</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>27.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,082</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,094</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,906</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,038</x:t>
-[...97 lines deleted...]
-          <x:t>5,023</x:t>
+          <x:t>4,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,877</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>5,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>