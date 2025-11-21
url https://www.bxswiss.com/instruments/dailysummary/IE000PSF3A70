--- v0 (2025-10-28)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d116e273de6462a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c4308c9cbb54a02" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68c43175e9b84a13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e4b84b79fd4810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc99004fa6f25492e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68c43175e9b84a13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee5f7945ca84971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e4b84b79fd4810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...198 lines deleted...]
-          <x:t>26,836</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>26,745</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,916</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>26,581</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,681</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,694</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...114 lines deleted...]
-          <x:t>27,017</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>