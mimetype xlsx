--- v1 (2025-11-21)
+++ v2 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8c4308c9cbb54a02" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12356291b5f47e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e4b84b79fd4810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R706a313b02414c92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcee5f7945ca84971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e4b84b79fd4810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e0e60329ab04f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R706a313b02414c92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...311 lines deleted...]
-          <x:t>26,700</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,809</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,892</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>26,307</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>