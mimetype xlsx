--- v2 (2026-01-01)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12356291b5f47e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccbdad3704440f5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R706a313b02414c92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc0aebfb997470e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e0e60329ab04f02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R706a313b02414c92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e0801ab37814710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc0aebfb997470e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>26,713</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,827</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>26,519</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>