--- v3 (2026-02-11)
+++ v4 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raccbdad3704440f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8a81e0e076c40b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabc0aebfb997470e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97b15c3064c94837"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e0801ab37814710" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabc0aebfb997470e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R263c53764c5848ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97b15c3064c94837" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDGs UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PSF3A70</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>26,730</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,948</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>26,463</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,519</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>20.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,395</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>26,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,977</x:t>
-[...360 lines deleted...]
-          <x:t>26,827</x:t>
+          <x:t>26,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>