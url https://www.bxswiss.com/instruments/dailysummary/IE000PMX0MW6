--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd70c987958ab4af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb579e0ceaf2e4d6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72152b11766c4f80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2555ad842fd4810"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R503e386ad19341c5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72152b11766c4f80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cf040b3b754bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2555ad842fd4810" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Utilities Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PMX0MW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,037</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,917</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>