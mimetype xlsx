--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb579e0ceaf2e4d6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf68500e5fc94c6d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2555ad842fd4810"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a97d9db9544274"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9cf040b3b754bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2555ad842fd4810" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f5612bab91464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a97d9db9544274" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Utilities Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PMX0MW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>14,668</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,804</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,764</x:t>
-[...80 lines deleted...]
-          <x:t>14,735</x:t>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,674</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>14,617</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>14,556</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>