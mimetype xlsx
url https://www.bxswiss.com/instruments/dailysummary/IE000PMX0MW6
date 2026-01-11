--- v2 (2025-11-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf68500e5fc94c6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1065850778b4baa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21a97d9db9544274"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf727b9ee53bb4208"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f5612bab91464e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21a97d9db9544274" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f66dec8f3db4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf727b9ee53bb4208" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Utilities Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PMX0MW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,679</x:t>
-[...43 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>14,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,872</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,753</x:t>
-[...522 lines deleted...]
-          <x:t>14,671</x:t>
+          <x:t>14,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>