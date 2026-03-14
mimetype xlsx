--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1065850778b4baa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R963629f922d9466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf727b9ee53bb4208"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7119c1bd64c4ead"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f66dec8f3db4f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf727b9ee53bb4208" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc8f44e8d0c4c68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7119c1bd64c4ead" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Utilities Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PMX0MW6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>14,760</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>