--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R961912e1c52342da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a476e51f3424d18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9f9fbebcb64c58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4a41df3b1d4ca0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dba1eeebff94246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9f9fbebcb64c58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad15915d350454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4a41df3b1d4ca0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>4,030</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,072</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...128 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,105</x:t>
-[...43 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,065</x:t>
-[...102 lines deleted...]
-          <x:t>4,159</x:t>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,143</x:t>
+          <x:t>4,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,156</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,173</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,126</x:t>
-[...205 lines deleted...]
-          <x:t>4,179</x:t>
+          <x:t>4,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,141</x:t>
-[...4 lines deleted...]
-          <x:t>4,180</x:t>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>