--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a476e51f3424d18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90fa71c194fe45e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a4a41df3b1d4ca0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d750852a844c1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3ad15915d350454c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a4a41df3b1d4ca0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7df15509de104bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d750852a844c1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>4,192</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,157</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,217</x:t>
+          <x:t>4,151</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,171</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>4,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,095</x:t>
-[...11 lines deleted...]
-          <x:t>14.10.2025</x:t>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,118</x:t>
-[...468 lines deleted...]
-          <x:t>4,234</x:t>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>