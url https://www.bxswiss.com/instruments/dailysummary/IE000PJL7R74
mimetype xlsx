--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90fa71c194fe45e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4c0bfb46c746da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5d750852a844c1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1604d9afdd3b47c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7df15509de104bd0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5d750852a844c1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17b4b8975784995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1604d9afdd3b47c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,132</x:t>
-[...97 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,123</x:t>
-[...170 lines deleted...]
-        <x:is>
           <x:t>4,126</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>09.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,177</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,160</x:t>
-[...117 lines deleted...]
-          <x:t>4,120</x:t>
+          <x:t>4,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>