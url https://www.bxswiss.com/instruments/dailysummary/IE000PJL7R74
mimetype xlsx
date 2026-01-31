--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4c0bfb46c746da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb57045cdd4f4086" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1604d9afdd3b47c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe21eaa7e73f405d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc17b4b8975784995" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1604d9afdd3b47c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a2d56c1d2d428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe21eaa7e73f405d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,421 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,177</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>4,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,160</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>4,148</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,232</x:t>
         </x:is>
       </x:c>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>