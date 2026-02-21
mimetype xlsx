--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb57045cdd4f4086" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8c0772062f4b5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe21eaa7e73f405d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a4cdff3ff94559"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9a2d56c1d2d428c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe21eaa7e73f405d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rafb6177ea22d45dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a4cdff3ff94559" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco MSCI EM ESG Climate Paris Aligned UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000PJL7R74</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,307</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,303</x:t>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>4,333</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,300</x:t>
-[...205 lines deleted...]
-          <x:t>4,347</x:t>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,343</x:t>
-[...247 lines deleted...]
-          <x:t>4,277</x:t>
+          <x:t>4,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,457</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>