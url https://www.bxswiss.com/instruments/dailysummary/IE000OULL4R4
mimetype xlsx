--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb81ea7f569384180" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66774947913f486b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re068cba930c0463e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b1d005070a4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re130140d06134333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re068cba930c0463e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb01d19c9ea647a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b1d005070a4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,091</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,888</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>