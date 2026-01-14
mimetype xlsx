--- v1 (2025-10-25)
+++ v2 (2026-01-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66774947913f486b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8735860d6a27448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30b1d005070a4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d661c9261142fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb01d19c9ea647a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30b1d005070a4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87596b9ba98041e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d661c9261142fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,201</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,549</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>