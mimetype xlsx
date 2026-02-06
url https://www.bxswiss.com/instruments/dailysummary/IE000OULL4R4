--- v2 (2026-01-14)
+++ v3 (2026-02-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8735860d6a27448e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042b5581898645a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20d661c9261142fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80a1a65b1e143b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R87596b9ba98041e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20d661c9261142fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d69141accac4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80a1a65b1e143b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,311 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>212,836</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,416</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...74 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,966</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>216,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>215,131</x:t>
@@ -575,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>221,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>220,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,282</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>