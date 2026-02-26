--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R042b5581898645a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f66f8cec4da45e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re80a1a65b1e143b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e42ca444b2741fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d69141accac4acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re80a1a65b1e143b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65e12b93bfd4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e42ca444b2741fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,048</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,272</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>209,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>