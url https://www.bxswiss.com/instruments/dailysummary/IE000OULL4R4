--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f66f8cec4da45e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9d9073181a4429d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e42ca444b2741fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1090528ab0914bb2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb65e12b93bfd4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e42ca444b2741fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148753115ab04292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1090528ab0914bb2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS (Irl) - MSCI USA NSL UCITS ETF (USA) A-acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OULL4R4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>208,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>207,819</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>212,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>210,399</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>211,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,579</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>