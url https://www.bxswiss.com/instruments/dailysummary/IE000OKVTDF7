--- v0 (2025-11-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5eb2c658827543bc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f8ccc75daf4ea9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2cb3fa89f9041ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ea57538a2b477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61753efa2a74ae7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2cb3fa89f9041ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e627ab00984a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ea57538a2b477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Value Factor Advanced UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OKVTDF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,533 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>7,170</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,039</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,165</x:t>
-[...38 lines deleted...]
-          <x:t>7,122</x:t>
+          <x:t>6,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,028</x:t>
-[...26 lines deleted...]
-          <x:t>7,155</x:t>
+          <x:t>7,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.11.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,248</x:t>
-[...90 lines deleted...]
-          <x:t>7,050</x:t>
+          <x:t>7,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,489</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>