--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f8ccc75daf4ea9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdccbd0650cad45b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61ea57538a2b477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c928218d31486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04e627ab00984a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61ea57538a2b477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2db63e4c92542ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c928218d31486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Value Factor Advanced UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OKVTDF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...301 lines deleted...]
-          <x:t>7,324</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,254</x:t>
-[...65 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,403</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,445</x:t>
-[...124 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>7,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,436</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,505</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>7,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>