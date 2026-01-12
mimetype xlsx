--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdccbd0650cad45b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5c96efe66d4e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c928218d31486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d704a2ad9494708"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2db63e4c92542ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c928218d31486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953ac7c9f9134691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d704a2ad9494708" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Value Factor Advanced UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OKVTDF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,499</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>