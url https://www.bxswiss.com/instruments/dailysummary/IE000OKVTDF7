--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd5c96efe66d4e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5ec22e79ef44a89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d704a2ad9494708"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0815f5bc97594884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R953ac7c9f9134691" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d704a2ad9494708" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65b09af517524899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0815f5bc97594884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI USA Value Factor Advanced UCITS ETF USD (Acc)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OKVTDF7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>7,676</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,798</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,632</x:t>
+          <x:t>7,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,699</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>7,734</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>