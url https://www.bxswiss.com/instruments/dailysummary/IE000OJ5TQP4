--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0212e552f8ce40e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d876deec24a4ca3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0495c4302db44e1a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef5e05a5e684492"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43c435d0cb07423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0495c4302db44e1a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb642e6ebf9704865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef5e05a5e684492" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,248</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>15,782</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,775</x:t>
-[...161 lines deleted...]
-          <x:t>16,161</x:t>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,671</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>