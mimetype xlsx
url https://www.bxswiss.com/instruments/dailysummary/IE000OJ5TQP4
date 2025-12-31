--- v1 (2025-10-31)
+++ v2 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d876deec24a4ca3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d8dcf93bc04ebb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ef5e05a5e684492"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174c38cfe9a9454e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb642e6ebf9704865" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ef5e05a5e684492" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f24065ecc59416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174c38cfe9a9454e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>15,671</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,718</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>