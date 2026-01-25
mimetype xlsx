--- v2 (2025-12-31)
+++ v3 (2026-01-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d8dcf93bc04ebb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54adddfce3a242dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R174c38cfe9a9454e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a5ff813e1d4816"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f24065ecc59416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R174c38cfe9a9454e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78f7227949e4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a5ff813e1d4816" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...404 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,854</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>14,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,689</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>