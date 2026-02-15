--- v3 (2026-01-25)
+++ v4 (2026-02-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54adddfce3a242dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1a57b6c5dd4dc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60a5ff813e1d4816"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea8da49d2574cec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd78f7227949e4e89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60a5ff813e1d4816" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9718ecb945704ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea8da49d2574cec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...80 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,409</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...362 lines deleted...]
-          <x:t>16,431</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>