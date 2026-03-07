--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1a57b6c5dd4dc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c250e68320f4125" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raea8da49d2574cec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf839bbb39bd844d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9718ecb945704ff7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raea8da49d2574cec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950cf5c0668d417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf839bbb39bd844d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,728</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>15,250</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>