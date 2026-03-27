--- v5 (2026-03-07)
+++ v6 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c250e68320f4125" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R320bbe2c16884f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf839bbb39bd844d4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36d314678dee43f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R950cf5c0668d417c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf839bbb39bd844d4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf32ff905c3b249b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36d314678dee43f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Future of Defence UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000OJ5TQP4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>15,474</x:t>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,295</x:t>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,353</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>15,961</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>