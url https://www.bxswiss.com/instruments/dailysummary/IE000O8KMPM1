--- v0 (2025-10-02)
+++ v1 (2025-10-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806675f6e971493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c8df01464a4534" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bdc17774331490c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a59bdd343174494"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b889f14785d456c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bdc17774331490c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c2944d9e0024497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a59bdd343174494" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>13,066</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,198</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,471</x:t>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,294</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>