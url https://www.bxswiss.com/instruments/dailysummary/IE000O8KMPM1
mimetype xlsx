--- v1 (2025-10-23)
+++ v2 (2025-11-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58c8df01464a4534" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540d54c45f2441ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a59bdd343174494"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0341937e921c4ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c2944d9e0024497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a59bdd343174494" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4f2ce34b154e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0341937e921c4ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...301 lines deleted...]
-          <x:t>14,684</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,007</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,556</x:t>
-[...134 lines deleted...]
-          <x:t>14,494</x:t>
+          <x:t>15,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,719</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>22.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,778</x:t>
-[...9 lines deleted...]
-          <x:t>14,860</x:t>
+          <x:t>14,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,522</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>