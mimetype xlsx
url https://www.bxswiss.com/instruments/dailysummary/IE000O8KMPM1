--- v2 (2025-11-12)
+++ v3 (2025-12-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R540d54c45f2441ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69dd4e23a2724980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0341937e921c4ba1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075cde183d904aef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2c4f2ce34b154e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0341937e921c4ba1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf1755b1b4443ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075cde183d904aef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>15,472</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,987</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>14,522</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,316</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>