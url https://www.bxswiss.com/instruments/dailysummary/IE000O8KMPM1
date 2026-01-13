--- v3 (2025-12-24)
+++ v4 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69dd4e23a2724980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90140d9a6ce54aa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075cde183d904aef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b1500e00ec46cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cf1755b1b4443ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075cde183d904aef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36120c3e253b43bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b1500e00ec46cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>15,022</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,788</x:t>
-[...156 lines deleted...]
-          <x:t>15,572</x:t>
+          <x:t>15,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,328</x:t>
-[...141 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>15,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,218</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,273</x:t>
-[...117 lines deleted...]
-          <x:t>15,316</x:t>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,847</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>