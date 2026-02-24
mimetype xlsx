--- v4 (2026-01-13)
+++ v5 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90140d9a6ce54aa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R307dbe6af8f94cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35b1500e00ec46cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2691b07bc34c4688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36120c3e253b43bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35b1500e00ec46cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf728f0781b594898" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2691b07bc34c4688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree BioRevolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O8KMPM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>15,199</x:t>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,324</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>15,949</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>15,847</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>