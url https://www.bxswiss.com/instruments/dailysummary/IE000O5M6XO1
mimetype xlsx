--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f27fe05685e4b98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63819b3d94174cf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb49c6516c56d4a5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6065733e03014ea4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8315f4613b344efc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb49c6516c56d4a5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3af133ca9240c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6065733e03014ea4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Genomic Revolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O5M6XO1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,992</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,016</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>