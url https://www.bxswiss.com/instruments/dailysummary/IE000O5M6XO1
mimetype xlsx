--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63819b3d94174cf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f996c06f3c34e2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6065733e03014ea4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cbd99b749ec4e49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b3af133ca9240c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6065733e03014ea4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd94002bbaed4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cbd99b749ec4e49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Genomic Revolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O5M6XO1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,023</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,053</x:t>
-[...21 lines deleted...]
-          <x:t>4,043</x:t>
+          <x:t>4,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,034</x:t>
-[...571 lines deleted...]
-          <x:t>4,564</x:t>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>