--- v2 (2025-11-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f996c06f3c34e2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810e44de0a114895" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1cbd99b749ec4e49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8522db574d4e83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd94002bbaed4260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1cbd99b749ec4e49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R310c8be74eca4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8522db574d4e83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Genomic Revolution UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O5M6XO1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>4,905</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,543</x:t>
-[...318 lines deleted...]
-          <x:t>4,055</x:t>
+          <x:t>4,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,077</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>4,240</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>