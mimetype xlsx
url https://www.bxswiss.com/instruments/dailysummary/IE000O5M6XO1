--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R810e44de0a114895" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4e3e50990d94654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e8522db574d4e83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c3ebbab9934c02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,731 +91,731 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R310c8be74eca4ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e8522db574d4e83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3e0a9e454b048c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c3ebbab9934c02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>ARK Genomic Revolution UCITS ETF Acc</x:t>
+          <x:t>ARK Genomic Revolution UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000O5M6XO1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>4,249</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,284</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,300</x:t>
-[...75 lines deleted...]
-          <x:t>4,202</x:t>
+          <x:t>4,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,165</x:t>
-[...107 lines deleted...]
-          <x:t>4,091</x:t>
+          <x:t>4,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,114</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>4,242</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>