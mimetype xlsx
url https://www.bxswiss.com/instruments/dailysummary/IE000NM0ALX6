--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ffe8703853044ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6db2811f19c44b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9f9038e8214e35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ce1c055efc495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd90514d88ec142e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9f9038e8214e35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071606c591cc48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ce1c055efc495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Discretionary Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NM0ALX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,568</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,811</x:t>
-[...318 lines deleted...]
-          <x:t>15,478</x:t>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,448</x:t>
-[...274 lines deleted...]
-          <x:t>15,393</x:t>
+          <x:t>15,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>