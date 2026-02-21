--- v1 (2025-11-26)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6db2811f19c44b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f6f1ba211a45a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ce1c055efc495e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b41b79b3fad423a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R071606c591cc48b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ce1c055efc495e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc6a0cca21749a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b41b79b3fad423a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Discretionary Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NM0ALX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>15,835</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,791</x:t>
-[...340 lines deleted...]
-          <x:t>15,497</x:t>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,306</x:t>
-[...188 lines deleted...]
-          <x:t>15,065</x:t>
+          <x:t>15,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>