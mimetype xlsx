--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f6f1ba211a45a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4d150d4fa8114667" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b41b79b3fad423a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77be1096e33a49be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1bc6a0cca21749a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b41b79b3fad423a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R678369c218a24c53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77be1096e33a49be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Consumer Discretionary Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NM0ALX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...355 lines deleted...]
-          <x:t>14,792</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,786</x:t>
-[...38 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,343</x:t>
-[...178 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>15,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,135</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>15,139</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,931</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>15,113</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>