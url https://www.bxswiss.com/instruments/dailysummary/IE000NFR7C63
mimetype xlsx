--- v0 (2025-10-28)
+++ v1 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2852dd33408947c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b0198f743e404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf576038bea24f88"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5b008c72ab45d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R89fa0c2e536648c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf576038bea24f88" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c82b14c96b48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5b008c72ab45d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China Tech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NFR7C63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>4,676</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,076</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>