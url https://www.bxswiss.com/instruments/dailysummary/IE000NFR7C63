--- v1 (2026-02-11)
+++ v2 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67b0198f743e404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349a5f5109794518" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce5b008c72ab45d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109d4e5c0cc74be0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd1c82b14c96b48e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce5b008c72ab45d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e3074ad4b3d4b67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109d4e5c0cc74be0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI China Tech UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NFR7C63</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>4,076</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,709</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>