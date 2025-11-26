--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4711f2cc7e442e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f738600dc7f465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16dbe07e67314e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfab2325b85f4dd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0e08aad5f0476b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16dbe07e67314e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8282de6e1bd46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfab2325b85f4dd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>19,577</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,283</x:t>
-        </x:is>
-[...575 lines deleted...]
-          <x:t>27,412</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>