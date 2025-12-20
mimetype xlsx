--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f738600dc7f465c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20538443cd1341f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfab2325b85f4dd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b7a6daf67d41cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8282de6e1bd46c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfab2325b85f4dd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c51a8d669c44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b7a6daf67d41cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,924</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,063</x:t>
-[...171 lines deleted...]
-          <x:t>20,283</x:t>
+          <x:t>20,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,529</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>