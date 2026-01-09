--- v2 (2025-12-20)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20538443cd1341f3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b63abf7b4d0483e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2b7a6daf67d41cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re810f688e1cf4b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c51a8d669c44fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2b7a6daf67d41cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39a69c7fe8c420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re810f688e1cf4b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,012</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,865</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +413,247 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,508</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,308</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>