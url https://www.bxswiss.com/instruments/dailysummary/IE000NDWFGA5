--- v3 (2026-01-09)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b63abf7b4d0483e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cc03b364924157" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re810f688e1cf4b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6749df254a34fd1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf39a69c7fe8c420d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re810f688e1cf4b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f1744ce12c4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6749df254a34fd1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,849</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,038</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>