--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62cc03b364924157" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b07d2e66ae04a90" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6749df254a34fd1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b6bc35f15c4b1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f1744ce12c4e4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6749df254a34fd1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra242560c01634f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b6bc35f15c4b1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,976</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,617</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>