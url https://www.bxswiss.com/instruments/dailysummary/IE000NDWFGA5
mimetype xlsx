--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b07d2e66ae04a90" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c68dc35b4c14ddd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R63b6bc35f15c4b1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R951993832870409d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra242560c01634f9a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R63b6bc35f15c4b1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ba6981a025d4c37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R951993832870409d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Uranium UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000NDWFGA5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,587</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>