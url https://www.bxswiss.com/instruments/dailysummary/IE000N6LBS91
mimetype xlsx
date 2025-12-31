--- v0 (2025-10-30)
+++ v1 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R999fd8ab0d654f81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8ebc4c56c04298" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53ba29e10b54766"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R673c000cfe2145a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81eabd381b584512" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53ba29e10b54766" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c5868f751542fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R673c000cfe2145a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core MSCI World UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000N6LBS91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>3,450</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,445</x:t>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,455</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>3,441</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,442</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>3,468</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,447</x:t>
-[...335 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,519</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>29.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,521</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>3,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>