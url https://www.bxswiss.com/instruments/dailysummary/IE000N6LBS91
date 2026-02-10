--- v1 (2025-12-31)
+++ v2 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a8ebc4c56c04298" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fd57d64b914ef9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R673c000cfe2145a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd39ccef0cbe422a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98c5868f751542fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R673c000cfe2145a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3915263cd86644da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd39ccef0cbe422a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core MSCI World UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000N6LBS91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>3,505</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,493</x:t>
-[...404 lines deleted...]
-          <x:t>3,521</x:t>
+          <x:t>3,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>