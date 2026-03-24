--- v2 (2026-02-10)
+++ v3 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09fd57d64b914ef9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R472fe4c0787843ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd39ccef0cbe422a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0df0097d481a49b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3915263cd86644da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd39ccef0cbe422a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95dcc2b135d4c36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0df0097d481a49b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - Core MSCI World UCITS ETF hCHF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000N6LBS91</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>3,569</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,544</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>3,567</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>3,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,543</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>3,525</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,531</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>3,527</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>3,521</x:t>
-[...377 lines deleted...]
-          <x:t>3,581</x:t>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>