--- v0 (2025-10-07)
+++ v1 (2025-10-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd775e457e954466c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528b71cd66754d7f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26b107613d84975"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae643aec1534c82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2bfb5520b2d344c9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26b107613d84975" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4088e6f9c94690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae643aec1534c82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,442</x:t>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,353</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,373</x:t>
-[...38 lines deleted...]
-          <x:t>5,356</x:t>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,342</x:t>
-[...75 lines deleted...]
-          <x:t>5,445</x:t>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,409</x:t>
-[...431 lines deleted...]
-          <x:t>5,490</x:t>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>