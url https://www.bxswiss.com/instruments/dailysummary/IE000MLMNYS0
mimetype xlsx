--- v1 (2025-10-28)
+++ v2 (2025-11-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R528b71cd66754d7f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b722c5e93e408e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcae643aec1534c82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc601843988e4d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b4088e6f9c94690" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcae643aec1534c82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5543590f59454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc601843988e4d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,421</x:t>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,377</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>5,386</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,382</x:t>
-[...26 lines deleted...]
-          <x:t>5,443</x:t>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,456</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,468</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>5,425</x:t>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,423</x:t>
-[...269 lines deleted...]
-          <x:t>5,497</x:t>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>