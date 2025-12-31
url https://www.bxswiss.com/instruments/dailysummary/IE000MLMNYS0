--- v2 (2025-11-18)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54b722c5e93e408e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re207dd0e23764962" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc601843988e4d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ebeb5dddfd94355"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5543590f59454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc601843988e4d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383bd971d6ff4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ebeb5dddfd94355" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.10.2025</x:t>
-[...139 lines deleted...]
-          <x:t>5,476</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,504</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>27.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,522</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>5,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,450</x:t>
-[...382 lines deleted...]
-          <x:t>5,352</x:t>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>