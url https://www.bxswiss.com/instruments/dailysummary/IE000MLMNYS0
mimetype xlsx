--- v3 (2025-12-31)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re207dd0e23764962" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3d86b5df4140ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ebeb5dddfd94355"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a1a810fc0343d3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R383bd971d6ff4f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ebeb5dddfd94355" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ca0d90a53347c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a1a810fc0343d3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,496</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>5,535</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,534</x:t>
-[...107 lines deleted...]
-          <x:t>5,526</x:t>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>