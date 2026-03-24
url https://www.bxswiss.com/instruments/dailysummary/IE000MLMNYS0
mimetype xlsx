--- v4 (2026-02-10)
+++ v5 (2026-03-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb3d86b5df4140ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra60412eaf5c94e80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a1a810fc0343d3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e50afebd8b4bc5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2ca0d90a53347c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a1a810fc0343d3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c7aecb0f3d34985" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e50afebd8b4bc5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III S&amp;P 500 Equal Weight UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000MLMNYS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,723</x:t>
-[...151 lines deleted...]
-          <x:t>19.01.2026</x:t>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,734</x:t>
+          <x:t>5,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,692</x:t>
-[...114 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,605</x:t>
-[...26 lines deleted...]
-          <x:t>5,611</x:t>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,546</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,516</x:t>
-[...16 lines deleted...]
-          <x:t>5,549</x:t>
+          <x:t>5,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,544</x:t>
-[...168 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,650</x:t>
-[...36 lines deleted...]
-          <x:t>5,614</x:t>
+          <x:t>5,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,474</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>