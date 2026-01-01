--- v0 (2025-10-08)
+++ v1 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9151d392259449b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cf6e9b3ac14197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc825257a0ec64d71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408b9b4767be4051"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R582cc1debd334ea2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc825257a0ec64d71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c71f2e4347b4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408b9b4767be4051" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Uranium and Nuclear Technologies UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000M7V94E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>42,870</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>42,688</x:t>
-[...11 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>44,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,983</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,549</x:t>
-[...333 lines deleted...]
-          <x:t>49,084</x:t>
+          <x:t>44,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,394</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>