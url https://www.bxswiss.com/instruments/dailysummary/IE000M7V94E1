--- v1 (2026-01-01)
+++ v2 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40cf6e9b3ac14197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R014124b898d54a27" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R408b9b4767be4051"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8f7f0f6e400472b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c71f2e4347b4259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R408b9b4767be4051" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6134bff56d7b4041" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8f7f0f6e400472b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VanEck Uranium and Nuclear Technologies UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000M7V94E1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>43,394</x:t>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>