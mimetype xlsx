--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a005291b60d4cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7166e4cd25034e48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1085bfd3d652462e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafa2901c51d40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36aa48026ec54b47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1085bfd3d652462e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f7fa41283842d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafa2901c51d40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Haitong Asia ex-Japan High Yield Corp USD Bond Screened Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LZC9NM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>8,022</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,975</x:t>
-[...65 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>8,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,044</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,121</x:t>
-[...151 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>8,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,154</x:t>
-[...43 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,101</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>8,118</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,169</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,068</x:t>
-[...269 lines deleted...]
-          <x:t>8,107</x:t>
+          <x:t>8,112</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>