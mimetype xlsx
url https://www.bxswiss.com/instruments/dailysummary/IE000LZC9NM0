--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7166e4cd25034e48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4900b7ea97f045ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdafa2901c51d40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daea0e083014257"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1f7fa41283842d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdafa2901c51d40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb3d03b80a74921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daea0e083014257" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Haitong Asia ex-Japan High Yield Corp USD Bond Screened Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LZC9NM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>8,108</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,154</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,051</x:t>
-[...475 lines deleted...]
-          <x:t>8,100</x:t>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,028</x:t>
-[...139 lines deleted...]
-          <x:t>8,112</x:t>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>