--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4900b7ea97f045ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fb4102bfab84120" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4daea0e083014257"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2c276bfc4449f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcb3d03b80a74921" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4daea0e083014257" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e6fdbab33404479" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2c276bfc4449f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Haitong Asia ex-Japan High Yield Corp USD Bond Screened Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LZC9NM0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,187</x:t>
-[...549 lines deleted...]
-          <x:t>7,960</x:t>
+          <x:t>7,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>