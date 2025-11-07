--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3edabea990ff4fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634d8d7994994dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e1af82c0c064a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8544d3db374eae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6befbbd22664e48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e1af82c0c064a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96892cc499e4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8544d3db374eae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Industrials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LTA2082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>17,908</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,881</x:t>
-[...384 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>17,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,380</x:t>
-[...31 lines deleted...]
-          <x:t>18,162</x:t>
+          <x:t>18,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,172</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>18,169</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>