--- v1 (2025-11-07)
+++ v2 (2025-12-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634d8d7994994dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R287eee87c56e44f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda8544d3db374eae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747a150df3194660"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re96892cc499e4f9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda8544d3db374eae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re886cae2e2e744bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747a150df3194660" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Industrials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LTA2082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>18,252</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,251</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>18,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...202 lines deleted...]
-          <x:t>18,303</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,117</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,274</x:t>
-[...11 lines deleted...]
-          <x:t>18,227</x:t>
+          <x:t>18,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,091</x:t>
-[...80 lines deleted...]
-          <x:t>18,418</x:t>
+          <x:t>18,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,433</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,393</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>18,107</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>