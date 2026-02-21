--- v2 (2025-12-28)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R287eee87c56e44f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c784af2057140a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R747a150df3194660"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34bbc04dce4b4e70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re886cae2e2e744bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R747a150df3194660" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad1f404f2004c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34bbc04dce4b4e70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Industrials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LTA2082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...532 lines deleted...]
-          <x:t>18,583</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,806</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>