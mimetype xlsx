--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c784af2057140a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad50f97a8cc24c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34bbc04dce4b4e70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re75a1ebf5bc6474e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ad1f404f2004c35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34bbc04dce4b4e70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d16a41e4ae44070" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re75a1ebf5bc6474e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Industrials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LTA2082</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>19,384</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,384</x:t>
-[...382 lines deleted...]
-          <x:t>20,806</x:t>
+          <x:t>19,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>