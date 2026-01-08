--- v0 (2025-10-14)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rafbe8251214140e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e9e57785f44733" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b9b5e0dd6d54f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racfeb2f2bc6946b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911fcc0efd024315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b9b5e0dd6d54f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789bb9ad7b764a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racfeb2f2bc6946b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.09.2025</x:t>
-[...527 lines deleted...]
-          <x:t>17,124</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>17,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>