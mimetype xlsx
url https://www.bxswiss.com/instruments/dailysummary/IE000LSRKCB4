--- v1 (2026-01-08)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e9e57785f44733" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dac81edb4d44d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racfeb2f2bc6946b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf66fca28d14a5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R789bb9ad7b764a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racfeb2f2bc6946b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815cc922ac424f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf66fca28d14a5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,428</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,616</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...221 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,392</x:t>
-[...43 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>17,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,363</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>17,396</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,371</x:t>
-[...58 lines deleted...]
-          <x:t>17,511</x:t>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>