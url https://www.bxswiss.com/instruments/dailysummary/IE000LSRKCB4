--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44dac81edb4d44d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba7bd1c60c742db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Racf66fca28d14a5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6488c86b62de4a9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R815cc922ac424f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Racf66fca28d14a5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7400470151924bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6488c86b62de4a9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,416 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>17,396</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,371</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>17,308</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,357</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,436</x:t>
         </x:is>
       </x:c>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>