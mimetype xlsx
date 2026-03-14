--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ba7bd1c60c742db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3db6e83552c6439e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6488c86b62de4a9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d7b7340451944d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7400470151924bab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6488c86b62de4a9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc227d9d228b4a9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d7b7340451944d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Buffer UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LSRKCB4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,076</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,231</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,377</x:t>
-[...603 lines deleted...]
-          <x:t>17,073</x:t>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>