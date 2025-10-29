--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde914bb179b249a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R466a779853ac4274" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f186bb830fa4a99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra46d94aa73fc4ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6432c0872e834536" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f186bb830fa4a99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd7fc576667c4c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra46d94aa73fc4ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WisdomTree Recycling Decarbonisation UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LG4J7E7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>15,233</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,145</x:t>
-[...328 lines deleted...]
-          <x:t>15,294</x:t>
+          <x:t>15,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>