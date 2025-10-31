--- v0 (2025-10-07)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34fc085f741a4c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd6d37a589334862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72eb8898e168479b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R540f3a2748234c0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad11f0dc803347b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72eb8898e168479b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c6a54dd8a84f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R540f3a2748234c0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,341</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,614</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,230</x:t>
-[...291 lines deleted...]
-          <x:t>16,639</x:t>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,011</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,473</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...170 lines deleted...]
-          <x:t>06.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,838</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...11 lines deleted...]
-          <x:t>16,817</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>