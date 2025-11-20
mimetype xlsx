--- v1 (2025-10-31)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd6d37a589334862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f447054de14833" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R540f3a2748234c0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07b2d3a05954e48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5c6a54dd8a84f98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R540f3a2748234c0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37dc97537d143fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07b2d3a05954e48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,747</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,838</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>15.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,894</x:t>
-[...156 lines deleted...]
-          <x:t>16,755</x:t>
+          <x:t>16,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,747</x:t>
-[...139 lines deleted...]
-          <x:t>17,265</x:t>
+          <x:t>17,008</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>