--- v2 (2025-11-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4f447054de14833" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de25223130b40fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re07b2d3a05954e48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61bfd7ce32c047ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd37dc97537d143fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re07b2d3a05954e48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9922cdbadd04bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61bfd7ce32c047ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>16,755</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,956</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,747</x:t>
-[...11 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>17,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,137</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>17,457</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,265</x:t>
-[...92 lines deleted...]
-          <x:t>17,249</x:t>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,182</x:t>
-[...301 lines deleted...]
-          <x:t>17,008</x:t>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>