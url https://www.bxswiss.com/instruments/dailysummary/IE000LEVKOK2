--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0de25223130b40fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12c1fe1c9654c45" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61bfd7ce32c047ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d126c58b6d418b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9922cdbadd04bcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61bfd7ce32c047ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a0e435574744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d126c58b6d418b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>17,201</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>27.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,306</x:t>
-[...161 lines deleted...]
-          <x:t>17,469</x:t>
+          <x:t>17,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,404</x:t>
-[...11 lines deleted...]
-          <x:t>17,407</x:t>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,365</x:t>
-[...247 lines deleted...]
-          <x:t>17,180</x:t>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>