--- v4 (2026-01-11)
+++ v5 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12c1fe1c9654c45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51542ae36f404d4b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24d126c58b6d418b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27a6e100bfa44ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf3a0e435574744f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24d126c58b6d418b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecc0e66a35d4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27a6e100bfa44ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>17,388</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,137</x:t>
-[...377 lines deleted...]
-          <x:t>17,659</x:t>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>