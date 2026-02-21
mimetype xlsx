--- v5 (2026-02-01)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51542ae36f404d4b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb42ab163ec4394" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re27a6e100bfa44ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ad64dd6c884d58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ecc0e66a35d4397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re27a6e100bfa44ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece5bb49e7824e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ad64dd6c884d58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,416 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>17,687</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,444</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,512</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>17,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,335</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,372</x:t>
         </x:is>
       </x:c>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,712</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>