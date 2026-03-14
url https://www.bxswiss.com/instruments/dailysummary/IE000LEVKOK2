--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2cb42ab163ec4394" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9fcb26b1e54761" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00ad64dd6c884d58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fc5b0dc70ba49d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece5bb49e7824e6a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00ad64dd6c884d58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a06903d40df4281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fc5b0dc70ba49d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>UBS(IRL) - US Equity Defensive Covered Call SF UCITS ETF USD Dist SOFR+4%</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000LEVKOK2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...392 lines deleted...]
-          <x:t>16,133</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,266</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>11.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,300</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>16,253</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,064</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>