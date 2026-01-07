--- v0 (2025-10-15)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56a30c79e92347a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606d1e2e26214bfe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra29677fa0c9b4dfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6832f0431b84414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6047656b42574c3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra29677fa0c9b4dfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f41552061047cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6832f0431b84414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Health Care ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L4EH2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>4,878</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>