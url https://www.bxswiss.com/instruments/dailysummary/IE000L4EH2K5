--- v1 (2026-01-07)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606d1e2e26214bfe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5171103066474b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6832f0431b84414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb987157b65314cfa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2f41552061047cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6832f0431b84414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb589b1615f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb987157b65314cfa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Health Care ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L4EH2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,240</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,189</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,198</x:t>
-[...65 lines deleted...]
-          <x:t>5,135</x:t>
+          <x:t>5,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,164</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>15.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,228</x:t>
-[...279 lines deleted...]
-          <x:t>5,310</x:t>
+          <x:t>5,211</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>