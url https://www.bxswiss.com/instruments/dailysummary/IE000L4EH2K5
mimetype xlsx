--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf5171103066474b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1f1a492ab234d2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb987157b65314cfa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e26e491a5eb4987"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8eb589b1615f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb987157b65314cfa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb5a19c67d2c4b5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e26e491a5eb4987" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco S&amp;P World Health Care ESG UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L4EH2K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,207</x:t>
-[...53 lines deleted...]
-          <x:t>5,326</x:t>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,304</x:t>
-[...48 lines deleted...]
-          <x:t>5,177</x:t>
+          <x:t>5,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,205</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,114</x:t>
-[...441 lines deleted...]
-          <x:t>5,211</x:t>
+          <x:t>5,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>