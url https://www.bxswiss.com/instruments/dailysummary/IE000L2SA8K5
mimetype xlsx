--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a2c2f048ce4410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f66caecbf045bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce12477cefd4437d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1773d7269e447c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfd1c97dd966640b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce12477cefd4437d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b5f05d8a19f473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1773d7269e447c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>5,328</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...167 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,459</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>5,507</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>