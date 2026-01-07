--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2f66caecbf045bb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaadaec3a1524da2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1773d7269e447c0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70d703fb70c4933"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b5f05d8a19f473c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1773d7269e447c0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc06beb2c1e4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70d703fb70c4933" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...41 lines deleted...]
-          <x:t>5,622</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,632</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>5,459</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>