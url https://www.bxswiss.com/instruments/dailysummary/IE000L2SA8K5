--- v2 (2026-01-07)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raaadaec3a1524da2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6c27cc20474110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd70d703fb70c4933"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e86e8a3f654120"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cc06beb2c1e4f6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd70d703fb70c4933" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd12a07df63f4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e86e8a3f654120" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,683</x:t>
-[...21 lines deleted...]
-          <x:t>5,636</x:t>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,619</x:t>
-[...107 lines deleted...]
-          <x:t>5,512</x:t>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,557</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>5,628</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>