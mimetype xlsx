--- v3 (2026-01-29)
+++ v4 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a6c27cc20474110" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R85aadb4f1fbb4248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34e86e8a3f654120"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3801fdccfd8c4ca3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbd12a07df63f4014" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34e86e8a3f654120" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R148667ef885447de" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3801fdccfd8c4ca3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Nasdaq-100 Equal Weight UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L2SA8K5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,572</x:t>
-[...468 lines deleted...]
-          <x:t>5,557</x:t>
+          <x:t>5,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>