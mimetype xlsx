--- v0 (2026-01-11)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3153661b9c55435a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08292f912488462f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ad8f476afd4d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c5df369c444a93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8726d117984575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ad8f476afd4d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2f008962fc45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c5df369c444a93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson GCC Sovereign USD Bond Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L1I4R94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>11,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>11,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,649</x:t>
-[...134 lines deleted...]
-          <x:t>11,651</x:t>
+          <x:t>11,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,655</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>11,646</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>