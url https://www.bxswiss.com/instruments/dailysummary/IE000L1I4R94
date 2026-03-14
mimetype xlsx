--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R08292f912488462f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R921deef36d2a4362" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31c5df369c444a93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R319c6c783bc24b54"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b2f008962fc45fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31c5df369c444a93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c77657f6eac4d77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R319c6c783bc24b54" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson GCC Sovereign USD Bond Core UCITS ETF (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000L1I4R94</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>11,600</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,571</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>11,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,618</x:t>
-[...134 lines deleted...]
-          <x:t>11,569</x:t>
+          <x:t>11,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,625</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>11,597</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>11,778</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>