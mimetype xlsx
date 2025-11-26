--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb45b7e4c38854406" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b57d1f1bff42be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b983fc1a1dd4bc5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2462346e5646f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R563883c39ea14022" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b983fc1a1dd4bc5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096fb49d7aba4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2462346e5646f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KIQ3DT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>9,429</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,411</x:t>
-[...490 lines deleted...]
-          <x:t>9,817</x:t>
+          <x:t>9,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,497</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>