--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re2b57d1f1bff42be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26812a438e9e480c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb2462346e5646f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6a8ec3a4964d9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R096fb49d7aba4417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb2462346e5646f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd1f7cb305d4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6a8ec3a4964d9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KIQ3DT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,034</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,065</x:t>
-[...549 lines deleted...]
-          <x:t>9,497</x:t>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>