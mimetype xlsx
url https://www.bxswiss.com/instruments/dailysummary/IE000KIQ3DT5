--- v2 (2026-01-11)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26812a438e9e480c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286d9b72f6d040b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b6a8ec3a4964d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re345a7d945aa45d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bd1f7cb305d4ba4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b6a8ec3a4964d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e852858364640cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re345a7d945aa45d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KIQ3DT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...409 lines deleted...]
-          <x:t>10,034</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,934</x:t>
-[...31 lines deleted...]
-          <x:t>10,160</x:t>
+          <x:t>10,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>