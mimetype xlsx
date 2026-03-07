--- v3 (2026-02-13)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R286d9b72f6d040b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e55525dc1b4369" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re345a7d945aa45d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5d3a9025234dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e852858364640cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re345a7d945aa45d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45cbd624d1594cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5d3a9025234dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KIQ3DT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>10,103</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,136</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...273 lines deleted...]
-          <x:t>27.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,073</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,085</x:t>
-[...193 lines deleted...]
-          <x:t>9,646</x:t>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>9,921</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>