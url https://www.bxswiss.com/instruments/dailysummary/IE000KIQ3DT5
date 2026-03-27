--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2e55525dc1b4369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea36ba31747b48ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d5d3a9025234dc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ee33337fdf34e29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45cbd624d1594cdb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d5d3a9025234dc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e87b0f83fec4b95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ee33337fdf34e29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Swisscanto IE ESGen SDG Index Equity EMU UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KIQ3DT5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...68 lines deleted...]
-          <x:t>9,646</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.02.2026</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,669</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>