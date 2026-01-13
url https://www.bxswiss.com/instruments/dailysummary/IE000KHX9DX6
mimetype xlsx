--- v0 (2025-10-02)
+++ v1 (2026-01-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d06803c83e84567" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdcb981343d4028" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50dc81d7c99343f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd182ce8e1b1a4f7b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a41a6da234e40c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50dc81d7c99343f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf47c0ea7dd8f4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd182ce8e1b1a4f7b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Energy Transition Metals And Rare Earths Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KHX9DX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>35,552</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>38,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>39,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>40,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>41,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,693</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>