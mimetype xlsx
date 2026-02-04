--- v1 (2026-01-13)
+++ v2 (2026-02-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fdcb981343d4028" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffed2fd21b0a4b11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd182ce8e1b1a4f7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc64ce9d00b004f53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf47c0ea7dd8f4c45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd182ce8e1b1a4f7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c27575c277463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc64ce9d00b004f53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Energy Transition Metals And Rare Earths Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KHX9DX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,320 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...268 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>42,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>43,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>