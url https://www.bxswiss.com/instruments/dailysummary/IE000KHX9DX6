--- v2 (2026-02-04)
+++ v3 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rffed2fd21b0a4b11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d081d5818247fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc64ce9d00b004f53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410bcfd4a3d94b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64c27575c277463c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc64ce9d00b004f53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ac9d726c2d4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410bcfd4a3d94b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Energy Transition Metals And Rare Earths Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KHX9DX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...252 lines deleted...]
-          <x:t>48,460</x:t>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>43,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>47,112</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>48,433</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,207</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>