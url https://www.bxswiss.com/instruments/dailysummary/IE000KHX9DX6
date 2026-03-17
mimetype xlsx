--- v3 (2026-02-25)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43d081d5818247fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97f7711a833140ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R410bcfd4a3d94b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf72ab87e14f4a3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7ac9d726c2d4110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R410bcfd4a3d94b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2393197f7a2e4741" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf72ab87e14f4a3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Wisdomtree Energy Transition Metals And Rare Earths Miners UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000KHX9DX6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...269 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>46,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>47,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>42,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>44,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>47,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>46,516</x:t>
-[...301 lines deleted...]
-          <x:t>50,207</x:t>
+          <x:t>48,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>46,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>45,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>