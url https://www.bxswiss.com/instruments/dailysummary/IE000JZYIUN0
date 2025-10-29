--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R623c53ac0ce84175" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3aa7ead8fd477c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb580a420cf044df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79f15c0c6344339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3629fff68744454f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb580a420cf044df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba3b164de5b41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79f15c0c6344339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JZYIUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,684</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,661</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,606</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>