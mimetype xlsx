--- v1 (2025-10-29)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c3aa7ead8fd477c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e05d44a3d44258" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd79f15c0c6344339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde12d88a6915432e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ba3b164de5b41c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd79f15c0c6344339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b2789712b54977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde12d88a6915432e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JZYIUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>