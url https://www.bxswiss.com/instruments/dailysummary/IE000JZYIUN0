--- v2 (2025-11-21)
+++ v3 (2025-12-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2e05d44a3d44258" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f97b3263c74098" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde12d88a6915432e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26339e3311494e33"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69b2789712b54977" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde12d88a6915432e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8fcd45fd304c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26339e3311494e33" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JZYIUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...112 lines deleted...]
-          <x:t>20,120</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,100</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>20,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,555</x:t>
-[...134 lines deleted...]
-          <x:t>20,179</x:t>
+          <x:t>20,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>