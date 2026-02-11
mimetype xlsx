--- v3 (2025-12-31)
+++ v4 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9f97b3263c74098" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d24d79c7d914c25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R26339e3311494e33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3345cf374b74c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8fcd45fd304c27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R26339e3311494e33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143625f3bf644201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3345cf374b74c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JZYIUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...505 lines deleted...]
-          <x:t>20,288</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>