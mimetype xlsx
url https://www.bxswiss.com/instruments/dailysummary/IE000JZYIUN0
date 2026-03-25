--- v4 (2026-02-11)
+++ v5 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d24d79c7d914c25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b9d909ca9c244ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3345cf374b74c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53b74c76dbe43c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R143625f3bf644201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3345cf374b74c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6551b6610c384661" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53b74c76dbe43c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) MSCI Global SDG 7 Affordable and Clean Energy UCITS ETF 1C Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JZYIUN0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>21,697</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,668</x:t>
-[...269 lines deleted...]
-          <x:t>21,342</x:t>
+          <x:t>22,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,771</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>22,293</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>