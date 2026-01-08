--- v0 (2025-10-30)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeae74805199463c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b24520323434a94" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6e0d61b40894813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8229c9f6592c43d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R796d524d4aaf4fae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6e0d61b40894813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90563ded0bbd4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8229c9f6592c43d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>8,737</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,626</x:t>
-[...16 lines deleted...]
-          <x:t>8,792</x:t>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,899</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...357 lines deleted...]
-          <x:t>8,601</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,403</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>