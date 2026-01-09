--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b24520323434a94" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf25160d37dc4a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8229c9f6592c43d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c2f82d9dee4924"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90563ded0bbd4a30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8229c9f6592c43d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b611d425a004f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c2f82d9dee4924" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,403</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>