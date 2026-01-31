--- v2 (2026-01-09)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf25160d37dc4a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf334888873bc4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19c2f82d9dee4924"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa716bec8194ff8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b611d425a004f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19c2f82d9dee4924" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a160b660fef4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa716bec8194ff8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>8,904</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,865</x:t>
-[...118 lines deleted...]
-        <x:is>
           <x:t>8,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,813</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
@@ -629,31 +278,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>