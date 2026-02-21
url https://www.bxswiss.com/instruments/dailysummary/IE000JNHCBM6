--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf334888873bc4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fa673ddc9b451f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfa716bec8194ff8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd794da8f24274751"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a160b660fef4c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfa716bec8194ff8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8760b02afe2b430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd794da8f24274751" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,611</x:t>
-[...242 lines deleted...]
-          <x:t>9,773</x:t>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,729</x:t>
-[...124 lines deleted...]
-          <x:t>9,912</x:t>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,676</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>9,669</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>