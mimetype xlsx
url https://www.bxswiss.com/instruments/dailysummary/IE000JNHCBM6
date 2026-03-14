--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75fa673ddc9b451f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2ad073f2b247a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd794da8f24274751"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R713f193c013b4a38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8760b02afe2b430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd794da8f24274751" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b0704d48b2f48b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R713f193c013b4a38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Wind Energy UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JNHCBM6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>9,370</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,485</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>9,773</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,729</x:t>
-[...33 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>9,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,864</x:t>
-[...70 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>17.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,716</x:t>
-[...90 lines deleted...]
-          <x:t>9,734</x:t>
+          <x:t>9,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>