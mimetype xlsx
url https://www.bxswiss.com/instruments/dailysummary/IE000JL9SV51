--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R606602386ace4a41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0502cb9be3fb4b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec8b553b98f44be6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b2272407984c6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b3aad37c6b14e52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec8b553b98f44be6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1027904b9b4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b2272407984c6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>11,888</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,860</x:t>
-[...11 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,949</x:t>
-[...75 lines deleted...]
-          <x:t>11,916</x:t>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,982</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>12,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>