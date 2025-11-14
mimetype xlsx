--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0502cb9be3fb4b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0299ae63bf9a4de7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b2272407984c6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0648ef7c98d1455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d1027904b9b4694" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b2272407984c6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c3884b321f4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0648ef7c98d1455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>12,037</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,964</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,981</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,003</x:t>
-        </x:is>
-[...553 lines deleted...]
-          <x:t>11,982</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>