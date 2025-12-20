--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0299ae63bf9a4de7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524b51c6c774f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0648ef7c98d1455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933ac41214be4575"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24c3884b321f4a6f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0648ef7c98d1455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd56088ed82e4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933ac41214be4575" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,897</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,897</x:t>
-[...58 lines deleted...]
-          <x:t>11,880</x:t>
+          <x:t>11,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,951</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>11,977</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,931</x:t>
-[...43 lines deleted...]
-          <x:t>11,997</x:t>
+          <x:t>12,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,065</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>12,015</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,055</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,054</x:t>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>12,014</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,059</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>12,003</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>