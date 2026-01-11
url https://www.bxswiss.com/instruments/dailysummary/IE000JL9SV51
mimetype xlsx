--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8524b51c6c774f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb92ef8180d4f25" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933ac41214be4575"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340f2f5a068049a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdd56088ed82e4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933ac41214be4575" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd635d8c82a2d41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340f2f5a068049a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>12,042</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,032</x:t>
-[...16 lines deleted...]
-          <x:t>12,047</x:t>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,001</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>12,110</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,203</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,084</x:t>
-[...146 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,137</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,164</x:t>
-[...144 lines deleted...]
-          <x:t>12,143</x:t>
+          <x:t>12,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>