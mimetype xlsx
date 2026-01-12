--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4eb92ef8180d4f25" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047f5a356def46af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340f2f5a068049a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65acbb78512d4a69"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd635d8c82a2d41b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340f2f5a068049a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b22e8e72294aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65acbb78512d4a69" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>