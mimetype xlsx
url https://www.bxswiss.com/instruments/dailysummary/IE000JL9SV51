--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047f5a356def46af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6358d69b5a1a4d07" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65acbb78512d4a69"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R648420aeb6844117"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48b22e8e72294aa2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65acbb78512d4a69" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R479512efb94f4ad5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R648420aeb6844117" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Global High Yield Fallen Angels Paris-aligned Climate Core UCITS ETF  (USD) Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JL9SV51</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>12,060</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,059</x:t>
-[...340 lines deleted...]
-          <x:t>12,240</x:t>
+          <x:t>12,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,170</x:t>
-[...58 lines deleted...]
-          <x:t>12,202</x:t>
+          <x:t>12,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>