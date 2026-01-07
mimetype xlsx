--- v0 (2025-10-14)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc36d5ef5652c4574" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba44ba98efd400a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7930510726fb4fbe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc071d5ea8aa64eaf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88a621d459347bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7930510726fb4fbe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9633cdd8d7d42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc071d5ea8aa64eaf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL X DEFENCE TECH UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JCW3DZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>24,260</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,777</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>