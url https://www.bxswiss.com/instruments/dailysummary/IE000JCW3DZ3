--- v1 (2026-01-07)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba44ba98efd400a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7ef5cf0b834333" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc071d5ea8aa64eaf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209b47ef4eaa4020"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9633cdd8d7d42d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc071d5ea8aa64eaf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b1493414104e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209b47ef4eaa4020" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL X DEFENCE TECH UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JCW3DZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,601</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -602,31 +224,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,821</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,926</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>