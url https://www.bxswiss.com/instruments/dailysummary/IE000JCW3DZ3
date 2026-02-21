--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree7ef5cf0b834333" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa09eddb6994d98" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R209b47ef4eaa4020"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc6b211a9e74095"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R56b1493414104e1d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R209b47ef4eaa4020" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e36418e5cf048a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc6b211a9e74095" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL X DEFENCE TECH UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JCW3DZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,189</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>