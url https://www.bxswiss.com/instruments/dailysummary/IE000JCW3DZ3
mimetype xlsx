--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aa09eddb6994d98" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a4ba525ef54c58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddc6b211a9e74095"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5392b2d7988c4cb4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e36418e5cf048a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddc6b211a9e74095" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf46df5be32e94056" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5392b2d7988c4cb4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>GLOBAL X DEFENCE TECH UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000JCW3DZ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>27,075</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,736</x:t>
-[...571 lines deleted...]
-          <x:t>26,425</x:t>
+          <x:t>26,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,072</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>