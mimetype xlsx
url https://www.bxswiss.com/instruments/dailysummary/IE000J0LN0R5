--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b0197a18d6c4521" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0956a27a664fa1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc40c394d15274947"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1db620d1f24f6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dffeb9207ef4f2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc40c394d15274947" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248e26af1874da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1db620d1f24f6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,861</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>