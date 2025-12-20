--- v1 (2025-10-22)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a0956a27a664fa1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4931d547600041db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1db620d1f24f6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0dbc34855db4a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2248e26af1874da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1db620d1f24f6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c5e099e5654ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0dbc34855db4a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>12,994</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,193</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,321</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,105</x:t>
-[...80 lines deleted...]
-          <x:t>12,916</x:t>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,976</x:t>
-        </x:is>
-[...349 lines deleted...]
-          <x:t>12,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>