--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4931d547600041db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d28c2d7f8b440c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0dbc34855db4a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcf5969059a4d48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R44c5e099e5654ccf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0dbc34855db4a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d45a9b0e3b46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcf5969059a4d48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,140</x:t>
-[...21 lines deleted...]
-          <x:t>13,094</x:t>
+          <x:t>12,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,927</x:t>
-[...188 lines deleted...]
-          <x:t>13,218</x:t>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,373</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>04.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,497</x:t>
-[...306 lines deleted...]
-          <x:t>12,976</x:t>
+          <x:t>13,524</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>