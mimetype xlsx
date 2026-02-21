--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4d28c2d7f8b440c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7735525a6a5e49e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radcf5969059a4d48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c8a7e5dc804db3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78d45a9b0e3b46e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radcf5969059a4d48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1958da1ec8494ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c8a7e5dc804db3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>13,524</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>