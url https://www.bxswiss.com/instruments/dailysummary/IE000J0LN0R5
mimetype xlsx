--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7735525a6a5e49e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31666bf85e6f41fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54c8a7e5dc804db3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra203a3325d7f42fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1958da1ec8494ad2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54c8a7e5dc804db3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R910c419c4a8b4953" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra203a3325d7f42fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Energy Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000J0LN0R5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,181</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>