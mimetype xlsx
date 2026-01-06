--- v0 (2025-10-02)
+++ v1 (2026-01-06)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4faf300da75b4892" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb428afabeb84744" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b28dcddee104ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e4b7754fb354248"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50eab8491f454613" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b28dcddee104ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c851d33defa4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e4b7754fb354248" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight Scored &amp; Screened UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000IDLWOL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>11,048</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,331</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>