--- v1 (2026-01-06)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb428afabeb84744" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc405b7e1df8045fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1e4b7754fb354248"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68112b9083747e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c851d33defa4d4a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1e4b7754fb354248" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe537c183c30427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68112b9083747e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight Scored &amp; Screened UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000IDLWOL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>11,331</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>