--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc405b7e1df8045fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce892c5dd92749b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re68112b9083747e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb4a717382e84983"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe537c183c30427d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re68112b9083747e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R26a9cff7d3c24a19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb4a717382e84983" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Xtrackers (IE) S&amp;P 500 Equal Weight Scored &amp; Screened UCITS ETF 2C - EUR Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000IDLWOL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,629</x:t>
-[...80 lines deleted...]
-          <x:t>11,602</x:t>
+          <x:t>11,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,559</x:t>
-[...512 lines deleted...]
-          <x:t>11,673</x:t>
+          <x:t>11,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>