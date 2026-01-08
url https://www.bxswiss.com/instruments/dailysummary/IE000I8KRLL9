--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04932efb1f7b47d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd94f52e0af49c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e7a17bb4f604593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34059c0a9e754b30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd568badab6874860" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e7a17bb4f604593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9992ec1ac9446f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34059c0a9e754b30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>8,174</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>