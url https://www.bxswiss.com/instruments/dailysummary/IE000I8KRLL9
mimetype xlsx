--- v1 (2026-01-08)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd94f52e0af49c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7712f9bacee0418f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R34059c0a9e754b30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5a529dfcd24f24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9992ec1ac9446f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R34059c0a9e754b30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3f8272eceb4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5a529dfcd24f24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -605,28 +605,55 @@
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,678</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,584</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,645</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>