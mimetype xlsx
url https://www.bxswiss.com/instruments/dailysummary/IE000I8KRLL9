--- v2 (2026-01-09)
+++ v3 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7712f9bacee0418f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dc78ee4cec435f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b5a529dfcd24f24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b2b2156b404641"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f3f8272eceb4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b5a529dfcd24f24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94eafb5dd1c41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b2b2156b404641" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>8,465</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>22.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,799</x:t>
+          <x:t>9,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,722</x:t>
-[...6 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>9,971</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,755</x:t>
-[...171 lines deleted...]
-          <x:t>9,459</x:t>
+          <x:t>9,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,307</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>