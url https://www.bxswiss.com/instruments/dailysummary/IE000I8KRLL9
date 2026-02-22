--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54dc78ee4cec435f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144c9f7b241742d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R04b2b2156b404641"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67baf2f03fca401a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc94eafb5dd1c41a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R04b2b2156b404641" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cc7f67b81b4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67baf2f03fca401a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,276</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,911</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>