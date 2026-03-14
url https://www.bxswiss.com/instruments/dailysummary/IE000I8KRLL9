--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R144c9f7b241742d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc35ee6e256f14db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R67baf2f03fca401a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16a2f15780914361"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf9cc7f67b81b4d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R67baf2f03fca401a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5358070ce17c4c09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16a2f15780914361" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares IV MSCI Global Semiconductors UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000I8KRLL9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>10,436</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,293</x:t>
-[...566 lines deleted...]
-          <x:t>10,546</x:t>
+          <x:t>9,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,046</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>