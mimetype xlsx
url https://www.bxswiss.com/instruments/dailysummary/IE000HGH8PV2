--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0358288875842d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d5c109862c4487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde9aee5ae95d4804"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d84a47be514200"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93c5fb0953ce4f32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde9aee5ae95d4804" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127a2d4f62964b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d84a47be514200" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>14,759</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,652</x:t>
-[...16 lines deleted...]
-          <x:t>14,794</x:t>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,782</x:t>
-[...38 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>14,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,831</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,872</x:t>
-[...171 lines deleted...]
-          <x:t>14,843</x:t>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>