--- v1 (2025-11-26)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14d5c109862c4487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbf3926404a4a18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d84a47be514200"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0949a562c8504c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R127a2d4f62964b60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d84a47be514200" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976123d622eb45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0949a562c8504c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...95 lines deleted...]
-          <x:t>14,945</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>14,988</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>14,831</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,021</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>15,104</x:t>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>