--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8dbf3926404a4a18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdf6a8602fd4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0949a562c8504c62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430855e2c0794e44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R976123d622eb45a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0949a562c8504c62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R791104bd17f742f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430855e2c0794e44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>15,064</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,028</x:t>
-[...193 lines deleted...]
-          <x:t>15,237</x:t>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>