--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fdf6a8602fd4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bbbeadfcd3e4a7d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430855e2c0794e44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R572089f4de5e4793"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R791104bd17f742f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430855e2c0794e44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R063477e2c5654007" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R572089f4de5e4793" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Annual Tail Hedge UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000HGH8PV2</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>14,966</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,843</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,890</x:t>
-[...168 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,919</x:t>
-        </x:is>
-[...337 lines deleted...]
-          <x:t>14,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>