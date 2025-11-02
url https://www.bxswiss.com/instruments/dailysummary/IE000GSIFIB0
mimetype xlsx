--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb93a487a65e14251" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f3e2e535d44a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Red3f34c58c3e4fd7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47a0125cb874137"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde939f8fe46640fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Red3f34c58c3e4fd7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e66777d514d4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47a0125cb874137" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X 1-3 Month T-Bill UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GSIFIB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>12,997</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,022</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>11.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,022</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>13,069</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,982</x:t>
-[...43 lines deleted...]
-          <x:t>13,019</x:t>
+          <x:t>13,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,973</x:t>
-[...205 lines deleted...]
-          <x:t>13,003</x:t>
+          <x:t>13,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,996</x:t>
-[...301 lines deleted...]
-          <x:t>13,117</x:t>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>