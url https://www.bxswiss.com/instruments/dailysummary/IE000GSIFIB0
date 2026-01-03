--- v1 (2025-11-02)
+++ v2 (2026-01-03)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f3e2e535d44a2c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3675eb1b2c764a0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47a0125cb874137"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049b91de51c043f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e66777d514d4cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47a0125cb874137" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d427ec4bba4449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049b91de51c043f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X 1-3 Month T-Bill UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GSIFIB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,046</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,103</x:t>
-[...139 lines deleted...]
-          <x:t>13,049</x:t>
+          <x:t>13,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,122</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>13,189</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,107</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,133</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...94 lines deleted...]
-          <x:t>13,017</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,961</x:t>
-[...26 lines deleted...]
-          <x:t>12,989</x:t>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,033</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>13,192</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,048</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>