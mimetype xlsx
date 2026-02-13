--- v2 (2026-01-03)
+++ v3 (2026-02-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3675eb1b2c764a0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12c5c01bd1b46e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R049b91de51c043f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be51c6abb634595"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d427ec4bba4449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R049b91de51c043f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081d9483e5594ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be51c6abb634595" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X 1-3 Month T-Bill UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GSIFIB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.12.2025</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,351</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,264</x:t>
-[...448 lines deleted...]
-          <x:t>30.12.2025</x:t>
+          <x:t>13,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,033</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,072</x:t>
-[...9 lines deleted...]
-          <x:t>13,048</x:t>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>