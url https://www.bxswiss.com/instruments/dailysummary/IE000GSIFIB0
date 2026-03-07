--- v3 (2026-02-13)
+++ v4 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12c5c01bd1b46e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2892a575b0434d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be51c6abb634595"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4e32ce4fb2498e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R081d9483e5594ce1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be51c6abb634595" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f21718bf4574839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4e32ce4fb2498e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X 1-3 Month T-Bill UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GSIFIB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...279 lines deleted...]
-          <x:t>12,980</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,845</x:t>
-[...6 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,935</x:t>
-[...85 lines deleted...]
-          <x:t>12,696</x:t>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,776</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...139 lines deleted...]
-          <x:t>12,819</x:t>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,706</x:t>
-[...85 lines deleted...]
-          <x:t>12,759</x:t>
+          <x:t>12,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,939</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>