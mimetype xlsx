--- v4 (2026-03-07)
+++ v5 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2892a575b0434d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6f58273913f46d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde4e32ce4fb2498e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73fa79d912eb4cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f21718bf4574839" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde4e32ce4fb2498e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41d577a395c54d5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73fa79d912eb4cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X 1-3 Month T-Bill UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GSIFIB0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,195 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,033</x:t>
-[...102 lines deleted...]
-          <x:t>12,819</x:t>
+          <x:t>12,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12,706</x:t>
-[...398 lines deleted...]
-        <x:is>
           <x:t>12,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,970</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,949</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,032</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,232</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>