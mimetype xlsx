--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d0a453379e6401e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438bcf8cd8944ae9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R307ccf3fe40f4d02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0b6787162a45ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf264435e1f2c4505" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R307ccf3fe40f4d02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0639e0417eb84bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0b6787162a45ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...338 lines deleted...]
-          <x:t>6,633</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,734</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,768</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>6,737</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,829</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...69 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,703</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,782</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,834</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,892</x:t>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,399</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>