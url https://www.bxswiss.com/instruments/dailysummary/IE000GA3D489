--- v1 (2025-10-25)
+++ v2 (2025-12-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R438bcf8cd8944ae9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896dd674ec544c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c0b6787162a45ae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a4b464540240f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0639e0417eb84bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c0b6787162a45ae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90d11fce8934d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a4b464540240f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>6,661</x:t>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,532</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>6,543</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,581</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...536 lines deleted...]
-          <x:t>7,399</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,496</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>