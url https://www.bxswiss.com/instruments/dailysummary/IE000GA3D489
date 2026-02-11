--- v2 (2025-12-30)
+++ v3 (2026-02-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R896dd674ec544c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d9a956f9f24cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R64a4b464540240f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760e997faf2e4282"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re90d11fce8934d47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R64a4b464540240f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd921114bdaa9498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760e997faf2e4282" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ARK Innovation UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>6,633</x:t>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,695</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...396 lines deleted...]
-          <x:t>6,558</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,651</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>6,496</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,928</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>