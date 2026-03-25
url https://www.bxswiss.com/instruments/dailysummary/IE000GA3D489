--- v3 (2026-02-11)
+++ v4 (2026-03-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91d9a956f9f24cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7c11cead1b34b1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R760e997faf2e4282"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60748a234e4447f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,677 +91,677 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd921114bdaa9498f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R760e997faf2e4282" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d7e374f9a2f44ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60748a234e4447f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>ARK Innovation UCITS ETF Acc</x:t>
+          <x:t>ARK Innovation UCITS ETF Acc  (actively managed ETF)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000GA3D489</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr"/>
     </x:row>
     <x:row>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Date</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
-[...414 lines deleted...]
-          <x:t>6,227</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,929</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,195</x:t>
-[...161 lines deleted...]
-          <x:t>5,928</x:t>
+          <x:t>6,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,784</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>