--- v0 (2025-10-10)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf64b09079a04abd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb4e1e876b4d84" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d9c9025055f42e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec56bb65e7a4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R187b5c1fb34c4028" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d9c9025055f42e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8afd1fdc3384bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec56bb65e7a4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,789</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,882</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,735</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>