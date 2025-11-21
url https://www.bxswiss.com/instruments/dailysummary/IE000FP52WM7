--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24fb4e1e876b4d84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R092e6918d13841a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raec56bb65e7a4966"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501b7a56bb524bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb8afd1fdc3384bf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raec56bb65e7a4966" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0014d91fa27f490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501b7a56bb524bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,179</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,435</x:t>
-[...58 lines deleted...]
-          <x:t>16,242</x:t>
+          <x:t>16,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,358</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>17,009</x:t>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,161</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,179</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>16,095</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>