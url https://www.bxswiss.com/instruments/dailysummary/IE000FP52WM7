--- v2 (2025-11-21)
+++ v3 (2026-03-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R092e6918d13841a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0272124dc674830" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R501b7a56bb524bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d01d1ec1d9d42b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0014d91fa27f490f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R501b7a56bb524bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744a025c90b6441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d01d1ec1d9d42b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>16,225</x:t>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,267</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>