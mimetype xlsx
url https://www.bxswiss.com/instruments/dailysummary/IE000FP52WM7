--- v3 (2026-03-07)
+++ v4 (2026-03-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0272124dc674830" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R432e762e535f46c4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d01d1ec1d9d42b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R349e025d2aa64786"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R744a025c90b6441e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d01d1ec1d9d42b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d6cb75678d44c17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R349e025d2aa64786" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X Disruptive Materials UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FP52WM7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,259 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.02.2026</x:t>
-[...14 lines deleted...]
-          <x:t>20,779</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,176</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...543 lines deleted...]
-          <x:t>04.03.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,176</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,946</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>21,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,645</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,047</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>