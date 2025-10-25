--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R480f0eb5f2c24826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679a9670013947da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R86096dbf1c014759"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f9af98bf2a4244"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Racbd8779c6ef48a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R86096dbf1c014759" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e68caa2bed4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f9af98bf2a4244" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>14,494</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,309</x:t>
-[...92 lines deleted...]
-          <x:t>15.09.2025</x:t>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,527</x:t>
-[...301 lines deleted...]
-          <x:t>14,476</x:t>
+          <x:t>14,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,570</x:t>
-        </x:is>
-[...79 lines deleted...]
-          <x:t>14,733</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>