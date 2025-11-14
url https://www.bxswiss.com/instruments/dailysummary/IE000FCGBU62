--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R679a9670013947da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14d0fbff4134fe1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f9af98bf2a4244"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeccf7c232a24ee2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e68caa2bed4697" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f9af98bf2a4244" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53fef5f597ec4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeccf7c232a24ee2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,501</x:t>
-[...112 lines deleted...]
-          <x:t>14,476</x:t>
+          <x:t>14,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>24.10.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,639</x:t>
-[...9 lines deleted...]
-          <x:t>14,570</x:t>
+          <x:t>14,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,643</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>