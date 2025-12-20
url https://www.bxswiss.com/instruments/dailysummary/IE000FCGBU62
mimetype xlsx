--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb14d0fbff4134fe1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373ea2de07634d9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdeccf7c232a24ee2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9253459e8c4688"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53fef5f597ec4957" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdeccf7c232a24ee2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf66e6ee08004916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9253459e8c4688" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>14,799</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,736</x:t>
-[...571 lines deleted...]
-          <x:t>14,643</x:t>
+          <x:t>14,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,286</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>