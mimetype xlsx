--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R373ea2de07634d9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf6100b23814c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff9253459e8c4688"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998476653fbc446d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf66e6ee08004916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff9253459e8c4688" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f3c96148004f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998476653fbc446d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,898</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>14,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,664</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,779</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,838</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,134</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>