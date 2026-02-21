--- v4 (2026-01-10)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbf6100b23814c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2570647e75fe4e28" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R998476653fbc446d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re606594083ae4cd4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65f3c96148004f79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R998476653fbc446d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abe7072267b48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re606594083ae4cd4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>16,131</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>