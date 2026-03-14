--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2570647e75fe4e28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc41d6be6dddb4c64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re606594083ae4cd4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbde2a3ac92814cbd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2abe7072267b48a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re606594083ae4cd4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R369d7b44468640d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbde2a3ac92814cbd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Materials Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000FCGBU62</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,062</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,257</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>17,807</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,619</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>