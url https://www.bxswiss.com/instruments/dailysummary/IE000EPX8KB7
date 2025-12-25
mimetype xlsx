--- v0 (2025-10-07)
+++ v1 (2025-12-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01fb3c64c0684d62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88044d63106f4899" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8358a9d621bb4d11"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3ce983c087432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7c089fb04734b0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8358a9d621bb4d11" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f1471cdf2d4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3ce983c087432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Tail Hedge UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EPX8KB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>15,983</x:t>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>