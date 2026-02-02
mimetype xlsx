--- v1 (2025-12-25)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88044d63106f4899" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0263520dbfc40a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd3ce983c087432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7f8433fd66430f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f1471cdf2d4046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd3ce983c087432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261182c242e146b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7f8433fd66430f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Tail Hedge UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EPX8KB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>16,435</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,379</x:t>
-[...97 lines deleted...]
-          <x:t>16,431</x:t>
+          <x:t>16,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,362</x:t>
-[...264 lines deleted...]
-          <x:t>16,129</x:t>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,163</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>16,419</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,066</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>16,245</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,936</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>