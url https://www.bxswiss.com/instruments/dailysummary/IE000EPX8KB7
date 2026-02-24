--- v2 (2026-02-02)
+++ v3 (2026-02-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0263520dbfc40a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R638c47dd8e6f47a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec7f8433fd66430f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bc7c85231e8469d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R261182c242e146b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec7f8433fd66430f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27e2b2cf3b6f4347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bc7c85231e8469d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global X S&amp;P 500 Quarterly Tail Hedge UCITS ETF USD Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EPX8KB7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,293</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,944</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>