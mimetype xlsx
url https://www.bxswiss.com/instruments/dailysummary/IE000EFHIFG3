--- v0 (2025-10-10)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f08ee81d6b94bf6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ca48e7c0834708" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc926bca080af4649"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d1d7004b9e4e24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19439a5f39794fcd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc926bca080af4649" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf949dcd5c241f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d1d7004b9e4e24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>23,192</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,269</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>17.09.2025</x:t>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...443 lines deleted...]
-          <x:t>23,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>