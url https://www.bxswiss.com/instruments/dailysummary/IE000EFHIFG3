--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf8ca48e7c0834708" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40701a04d5ca4e5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05d1d7004b9e4e24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbf650fe42d4b6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bf949dcd5c241f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05d1d7004b9e4e24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea36b01cd2104dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbf650fe42d4b6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>23,612</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,524</x:t>
+          <x:t>24,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,652</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>30.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,487</x:t>
-[...85 lines deleted...]
-          <x:t>23,161</x:t>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>24,313</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>