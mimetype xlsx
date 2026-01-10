--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40701a04d5ca4e5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3624683ace74484" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbf650fe42d4b6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe077b545cac4f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea36b01cd2104dd8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbf650fe42d4b6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3925a51bc19438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe077b545cac4f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>23,276</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>23,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>23,077</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,812</x:t>
-[...171 lines deleted...]
-          <x:t>23,341</x:t>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,675</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>