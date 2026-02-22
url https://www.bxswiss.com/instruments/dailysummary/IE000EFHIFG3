--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3624683ace74484" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234e4262fcec4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe077b545cac4f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4a2fec83d6842c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb3925a51bc19438b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe077b545cac4f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54eeb9d0d8b24c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4a2fec83d6842c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>23,795</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,712</x:t>
-[...431 lines deleted...]
-          <x:t>23,675</x:t>
+          <x:t>23,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,679</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>