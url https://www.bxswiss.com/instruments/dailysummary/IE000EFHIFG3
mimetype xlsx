--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R234e4262fcec4545" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra345b3a9c71e4bfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4a2fec83d6842c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec5f177047e24d37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R54eeb9d0d8b24c01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4a2fec83d6842c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e212a2fe6ea4351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec5f177047e24d37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Amundi S&amp;P World Communication Services Screened UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000EFHIFG3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>23,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,492</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>23,041</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...271 lines deleted...]
-          <x:t>22,702</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,157</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>