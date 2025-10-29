--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R875a4a5e64434c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ed3e05676a438e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf107264b6b4f43e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11e4295bb38465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8695103777314eab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf107264b6b4f43e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5019885a044f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11e4295bb38465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Broad EUR High Yield Corporate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000DUDS685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,282</x:t>
-[...16 lines deleted...]
-          <x:t>5,288</x:t>
+          <x:t>5,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,299</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,296</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>5,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,305</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>5,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,322</x:t>
-[...31 lines deleted...]
-          <x:t>5,297</x:t>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,319</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>5,305</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>