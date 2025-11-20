--- v1 (2025-10-29)
+++ v2 (2025-11-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4ed3e05676a438e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcd1ad1cf424985" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc11e4295bb38465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf5e6fec49a47ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b5019885a044f64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc11e4295bb38465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5826b569d74bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf5e6fec49a47ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Broad EUR High Yield Corporate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000DUDS685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>5,318</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,309</x:t>
-[...16 lines deleted...]
-          <x:t>5,315</x:t>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,309</x:t>
-[...33 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,303</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>5,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,293</x:t>
-[...102 lines deleted...]
-          <x:t>5,250</x:t>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,275</x:t>
-        </x:is>
-[...268 lines deleted...]
-          <x:t>5,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>