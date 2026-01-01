--- v2 (2025-11-20)
+++ v3 (2026-01-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fcd1ad1cf424985" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1725ffa37a423c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cf5e6fec49a47ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d09cba8e2eb4ad5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c5826b569d74bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cf5e6fec49a47ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ad666db03043b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d09cba8e2eb4ad5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Broad EUR High Yield Corporate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000DUDS685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,285</x:t>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,301</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>5,283</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,288</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,299</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,297</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,273</x:t>
+          <x:t>5,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,301</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,294</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,302</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>5,304</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,304</x:t>
-[...463 lines deleted...]
-          <x:t>5,275</x:t>
+          <x:t>5,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>