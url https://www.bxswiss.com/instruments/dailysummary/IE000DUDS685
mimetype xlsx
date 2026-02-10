--- v3 (2026-01-01)
+++ v4 (2026-02-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e1725ffa37a423c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdac6cddb6864966" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d09cba8e2eb4ad5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0224abc8dd6453c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05ad666db03043b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d09cba8e2eb4ad5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa1fa5db743426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0224abc8dd6453c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Broad EUR High Yield Corporate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000DUDS685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,538 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>5,305</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,300</x:t>
-[...43 lines deleted...]
-          <x:t>5,297</x:t>
+          <x:t>5,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>5,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>5,317</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>