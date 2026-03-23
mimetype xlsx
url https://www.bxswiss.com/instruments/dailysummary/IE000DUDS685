--- v4 (2026-02-10)
+++ v5 (2026-03-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcdac6cddb6864966" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fae0809a3ad468e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0224abc8dd6453c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb80d5f12a26c47d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa1fa5db743426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0224abc8dd6453c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd586f1b7a3874764" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb80d5f12a26c47d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>iShares III Broad EUR High Yield Corporate Bond UCITS ETF CHF Hedged Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000DUDS685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>5,329</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,343</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.01.2026</x:t>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,335</x:t>
-[...53 lines deleted...]
-          <x:t>5,326</x:t>
+          <x:t>5,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,331</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>5,328</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,331</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>5,341</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,332</x:t>
-[...16 lines deleted...]
-          <x:t>5,333</x:t>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,324</x:t>
-[...16 lines deleted...]
-          <x:t>5,333</x:t>
+          <x:t>5,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,309</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,319</x:t>
-[...16 lines deleted...]
-          <x:t>5,337</x:t>
+          <x:t>5,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,303</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,330</x:t>
-[...350 lines deleted...]
-          <x:t>5,339</x:t>
+          <x:t>5,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>