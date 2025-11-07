--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a7898dd64494758" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798ab822d147412a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8001f0ce31264a4a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae54cb4d565440e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb6c5760e1733448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8001f0ce31264a4a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27404c4417334421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae54cb4d565440e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...242 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,546</x:t>
-[...4 lines deleted...]
-          <x:t>4,482</x:t>
+          <x:t>4,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,528</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...197 lines deleted...]
-          <x:t>4,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,550</x:t>
-[...166 lines deleted...]
-          <x:t>4,569</x:t>
+          <x:t>4,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,647</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>