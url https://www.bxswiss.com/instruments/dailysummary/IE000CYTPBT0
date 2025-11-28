--- v1 (2025-11-07)
+++ v2 (2025-11-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798ab822d147412a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12356f2596b4ef2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae54cb4d565440e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf702ce92fa8b4597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27404c4417334421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae54cb4d565440e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdcfa7f76a34fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf702ce92fa8b4597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,146 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>4,550</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,567</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,550</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>4,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,658</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,692</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,732</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>