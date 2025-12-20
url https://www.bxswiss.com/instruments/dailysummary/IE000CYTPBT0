--- v2 (2025-11-28)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb12356f2596b4ef2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bccfaaf5494d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf702ce92fa8b4597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8657b4f85c84b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cdcfa7f76a34fa0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf702ce92fa8b4597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255d605e74044c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8657b4f85c84b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...107 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,641</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,658</x:t>
-[...43 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,629</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,677</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>4,687</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,629</x:t>
-[...21 lines deleted...]
-          <x:t>4,748</x:t>
+          <x:t>4,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,704</x:t>
-[...43 lines deleted...]
-          <x:t>4,773</x:t>
+          <x:t>4,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,707</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>4,742</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>4,736</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>