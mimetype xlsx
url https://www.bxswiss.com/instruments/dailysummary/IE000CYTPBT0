--- v3 (2025-12-20)
+++ v4 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bccfaaf5494d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb94a98ca7247a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8657b4f85c84b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e4c98be20840f3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255d605e74044c42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8657b4f85c84b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393f0528ef6c406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e4c98be20840f3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>4,742</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,763</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,711</x:t>
-[...26 lines deleted...]
-          <x:t>4,747</x:t>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,803</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>4,825</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,861</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>4,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>