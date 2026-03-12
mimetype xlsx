--- v4 (2026-01-10)
+++ v5 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bb94a98ca7247a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13046706ae3947dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19e4c98be20840f3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87f90e4f459d4f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R393f0528ef6c406d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19e4c98be20840f3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24e17195731949a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87f90e4f459d4f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco Bloomberg Commodity Carbon Tilted UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CYTPBT0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...473 lines deleted...]
-          <x:t>5,009</x:t>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,898</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>