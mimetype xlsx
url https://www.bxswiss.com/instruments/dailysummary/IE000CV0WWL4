--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e123f1185d485b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2601c6947b446e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra33a88ec78ab4498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae6b6f03ac324adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R442b0356aafc4ba1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra33a88ec78ab4498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d8cfe881bb43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae6b6f03ac324adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Japan High Conviction Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CV0WWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,757</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,742</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,775</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,756</x:t>
-[...6 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,767</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,780</x:t>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,764</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,772</x:t>
-[...4 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>0,774</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>10.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,776</x:t>
-[...224 lines deleted...]
-        <x:is>
           <x:t>0,766</x:t>
-        </x:is>
-[...236 lines deleted...]
-          <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>