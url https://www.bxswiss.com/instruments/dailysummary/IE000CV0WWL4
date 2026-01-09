--- v1 (2025-10-31)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc2601c6947b446e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a2d4b97bc044e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae6b6f03ac324adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f82967f0534fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8d8cfe881bb43f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae6b6f03ac324adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f744052c0924908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f82967f0534fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Japan High Conviction Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CV0WWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>0,765</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,759</x:t>
-[...16 lines deleted...]
-          <x:t>0,777</x:t>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,763</x:t>
-[...490 lines deleted...]
-          <x:t>0,772</x:t>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>