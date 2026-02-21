--- v2 (2026-01-09)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5a2d4b97bc044e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc3f9463660b43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8f82967f0534fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R034e2f8e2ef54cae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f744052c0924908" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8f82967f0534fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra774083f44334f12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R034e2f8e2ef54cae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Janus Henderson Japan High Conviction Equity UCITS ETF</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000CV0WWL4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,804</x:t>
-[...43 lines deleted...]
-          <x:t>0,822</x:t>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,819</x:t>
-[...31 lines deleted...]
-          <x:t>0,818</x:t>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>