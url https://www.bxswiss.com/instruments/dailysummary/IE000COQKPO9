--- v0 (2025-11-21)
+++ v1 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R13d3b7bb62084fd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7666b299804bd7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e33ef81ddd04a47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4816674d10694bcf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R817b0a81a4884548" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e33ef81ddd04a47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5d960b27e644c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4816674d10694bcf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ-100 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000COQKPO9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,538 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>59,147</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,631</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,203</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>58,300</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,042</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>