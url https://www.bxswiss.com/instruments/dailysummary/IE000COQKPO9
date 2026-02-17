--- v1 (2026-01-28)
+++ v2 (2026-02-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d7666b299804bd7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20d3ba511c04afd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4816674d10694bcf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952a906a5caf416d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a5d960b27e644c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4816674d10694bcf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49689dfdb8044729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952a906a5caf416d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ-100 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000COQKPO9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,357 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>14.01.2026</x:t>
+          <x:t>16.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>59,999</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>60,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>59,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,565</x:t>
         </x:is>
       </x:c>
@@ -656,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,042</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,567</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>