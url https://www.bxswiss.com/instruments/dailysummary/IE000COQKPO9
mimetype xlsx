--- v2 (2026-02-17)
+++ v3 (2026-03-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb20d3ba511c04afd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc198395b1bb4323" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R952a906a5caf416d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc62c4fc18b4339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49689dfdb8044729" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R952a906a5caf416d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e55c84c3bb84546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc62c4fc18b4339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ-100 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000COQKPO9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,018</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,344</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,753</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>