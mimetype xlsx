--- v3 (2026-03-09)
+++ v4 (2026-03-30)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc198395b1bb4323" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R055616646fbc4c61" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refc62c4fc18b4339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac2cf42436bb4b9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e55c84c3bb84546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refc62c4fc18b4339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bbfae48b6ed4d30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac2cf42436bb4b9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Invesco NASDAQ-100 ESG UCITS ETF Acc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>IE000COQKPO9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...107 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,741</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>56,291</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>56,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,773</x:t>
-[...436 lines deleted...]
-          <x:t>55,753</x:t>
+          <x:t>55,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,648</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>